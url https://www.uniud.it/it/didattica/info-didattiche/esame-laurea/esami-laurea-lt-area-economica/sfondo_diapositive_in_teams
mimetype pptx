--- v0 (2025-12-06)
+++ v1 (2026-02-14)
@@ -1,30 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
@@ -164,61 +164,61 @@
     <a:srgbClr val="ECC444"/>
     <a:srgbClr val="606EAF"/>
     <a:srgbClr val="5E6DB3"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
-    <p:restoredLeft sz="15611"/>
-    <p:restoredTop sz="94674"/>
+    <p:restoredLeft sz="15621"/>
+    <p:restoredTop sz="94658"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="109" d="100"/>
-          <a:sy n="109" d="100"/>
+          <a:sx n="102" d="100"/>
+          <a:sy n="102" d="100"/>
         </p:scale>
-        <p:origin x="636" y="102"/>
+        <p:origin x="192" y="472"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -390,51 +390,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A44BFE18-3B1A-AB46-9A03-6CD772889198}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6094A2B9-1C9E-B847-B1C5-3D835A21A1E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -588,51 +588,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56758CC9-0C4F-294B-8316-212011FD66B8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{420126D8-EC70-C044-8E8B-88FF75F9DAF0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -796,51 +796,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{370ACD0E-E807-234C-86D4-D27CC2046732}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{095F61D8-E05F-D848-A2B3-EA48EF90C488}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -994,51 +994,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDE232D2-8E41-D543-B02D-6DA02EE41FF7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8756F312-D913-DF41-853E-6902756C8709}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1269,51 +1269,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto data 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E2915E7-005C-1244-B587-56004FE21557}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27A2B338-C881-6C49-8044-0AD681D913D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1534,51 +1534,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto data 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9CD60293-777E-4646-B40A-41E0405C9640}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Segnaposto piè di pagina 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1568E4CD-BC8F-A944-B31E-44DCF4AEDDEB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -1946,51 +1946,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Segnaposto data 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{356746AE-71E0-BB47-97D6-70C78969CD1C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Segnaposto piè di pagina 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{378A7B64-814A-8043-AAE0-C12DFC785DF5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2087,51 +2087,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Segnaposto data 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0ECAA23F-84D4-8942-B84C-119C8483029F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Segnaposto piè di pagina 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A099AAB-B547-8948-B963-1466398BE07D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2200,51 +2200,51 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Segnaposto data 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CBEC76FA-BCD6-4144-8D8C-E72DD09CEC78}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Segnaposto piè di pagina 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD0D95CC-2061-1F4B-8B9D-E6AC15887FA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2511,51 +2511,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto data 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9158616C-FB2C-C74E-804D-2D0C111854EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Segnaposto piè di pagina 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078C7D99-03A8-044E-9E3C-4417D3BEAF62}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -2799,51 +2799,51 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto data 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C6D27BD8-3138-B547-84A0-BCBDB205FA9F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Segnaposto piè di pagina 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{764D0DA6-EEF0-704A-AE3E-8BBDE19C22AC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -3044,51 +3044,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{529AF306-2F0F-3543-BFB9-10E503A31EBF}" type="datetimeFigureOut">
               <a:rPr lang="it-IT" smtClean="0"/>
-              <a:t>13/02/2023</a:t>
+              <a:t>22/12/25</a:t>
             </a:fld>
             <a:endParaRPr lang="it-IT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Segnaposto piè di pagina 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0BEFAA7-1951-E244-8122-D9BB6BA057D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
@@ -3471,54 +3471,54 @@
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Immagine 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F03B15BB-BCEF-3449-A780-417806AC6F4C}"/>
+          <p:cNvPr id="4" name="Immagine 3" descr="Immagine che contiene testo, giallo, schermata, Carattere&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7F744050-8564-3780-AB7D-2523E7477800}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
@@ -3732,69 +3732,52 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPts val="2840"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="it-IT" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>A.A. </a:t>
-[...17 lines deleted...]
-            </a:endParaRPr>
+              <a:t>A.A. 20__/20__</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPts val="2840"/>
               </a:lnSpc>
             </a:pPr>
             <a:endParaRPr lang="it-IT" sz="3200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="372189897"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
@@ -5186,52 +5169,52 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>133</Words>
-  <Application>Microsoft Office PowerPoint</Application>
+  <Words>135</Words>
+  <Application>Microsoft Macintosh PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>11</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Caratteri utilizzati</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titoli diapositive</vt:lpstr>
       </vt:variant>
       <vt:variant>